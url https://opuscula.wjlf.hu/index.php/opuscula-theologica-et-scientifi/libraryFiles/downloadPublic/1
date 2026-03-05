--- v0 (2025-10-06)
+++ v1 (2026-03-05)
@@ -1,798 +1,479 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1503112C" w14:textId="782C394F" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="00F969D0" w:rsidP="00F76859">
+    <w:p w14:paraId="1503112C" w14:textId="20597C48" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="000F00E7" w:rsidP="000F00E7">
       <w:pPr>
         <w:pStyle w:val="01TitleofPaper"/>
       </w:pPr>
       <w:r w:rsidRPr="007734F2">
-        <w:t>Cím magyarul - [</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> angolul]</w:t>
+        <w:t xml:space="preserve">Title </w:t>
+      </w:r>
+      <w:r>
+        <w:t>English – [Title</w:t>
+      </w:r>
+      <w:r w:rsidR="00F969D0" w:rsidRPr="007734F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Hungarian]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B67FCE" w14:textId="1A3C5228" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="00F969D0" w:rsidP="00053DEB">
+    <w:p w14:paraId="31B67FCE" w14:textId="1CA056C3" w:rsidR="0099537B" w:rsidRDefault="000F00E7" w:rsidP="00053DEB">
       <w:pPr>
         <w:pStyle w:val="02NameofAuthors"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007734F2">
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
-        <w:t>Szerző</w:t>
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r w:rsidR="00382B05" w:rsidRPr="00CF71C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00382B05" w:rsidRPr="007734F2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
-        <w:t>1, X.</w:t>
+        <w:t>, X.</w:t>
       </w:r>
       <w:r w:rsidR="005B5BDC" w:rsidRPr="007734F2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00382B05" w:rsidRPr="007734F2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t>Y.</w:t>
       </w:r>
       <w:r w:rsidR="00382B05" w:rsidRPr="007734F2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00382B05" w:rsidRPr="007734F2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00382B05" w:rsidRPr="007734F2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:szCs w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00382B05" w:rsidRPr="007734F2">
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
-        <w:t xml:space="preserve">– </w:t>
-[...25 lines deleted...]
-      <w:r w:rsidR="00382B05" w:rsidRPr="007734F2">
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r w:rsidR="00382B05" w:rsidRPr="00E11461">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00382B05" w:rsidRPr="007734F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>, Y.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B5BDC" w:rsidRPr="007734F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00382B05" w:rsidRPr="007734F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>Z.</w:t>
+      </w:r>
+      <w:r w:rsidR="00382B05" w:rsidRPr="007734F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
         <w:t>2*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431E8384" w14:textId="2B105990" w:rsidR="00F969D0" w:rsidRPr="007734F2" w:rsidRDefault="0099537B" w:rsidP="00F76859">
+    <w:p w14:paraId="6F3BA768" w14:textId="77777777" w:rsidR="00B64C02" w:rsidRDefault="00B64C02" w:rsidP="00B64C02">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ORCID ID</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431E8384" w14:textId="0ED67482" w:rsidR="00F969D0" w:rsidRPr="007734F2" w:rsidRDefault="0099537B" w:rsidP="00F76859">
       <w:pPr>
         <w:pStyle w:val="03AddressesofAuthors"/>
       </w:pPr>
       <w:r w:rsidRPr="007734F2">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00F969D0" w:rsidRPr="007734F2">
-        <w:t>Intézmény</w:t>
+      <w:r w:rsidR="000F00E7">
+        <w:t>Affiliation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036EC015" w14:textId="7DAC8A46" w:rsidR="0059330D" w:rsidRPr="007734F2" w:rsidRDefault="0059330D" w:rsidP="00F76859">
+    <w:p w14:paraId="036EC015" w14:textId="451C80F5" w:rsidR="0059330D" w:rsidRPr="007734F2" w:rsidRDefault="0059330D" w:rsidP="00F76859">
       <w:pPr>
         <w:pStyle w:val="03AddressesofAuthors"/>
       </w:pPr>
       <w:r w:rsidRPr="007734F2">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="007734F2">
-        <w:t>Intézmény</w:t>
+      <w:r w:rsidR="000F00E7" w:rsidRPr="000F00E7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F00E7">
+        <w:t>Affiliation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A06C8CE" w14:textId="5B1C9E76" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="0099537B" w:rsidP="00F76859">
+    <w:p w14:paraId="7A06C8CE" w14:textId="2B20454F" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="0099537B" w:rsidP="00F76859">
       <w:pPr>
         <w:pStyle w:val="03AddressesofAuthors"/>
       </w:pPr>
       <w:r w:rsidRPr="007734F2">
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00F969D0" w:rsidRPr="007734F2">
-[...3 lines deleted...]
-        <w:t>[</w:t>
+      <w:r w:rsidR="000F00E7" w:rsidRPr="007734F2">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F969D0" w:rsidRPr="007734F2">
         <w:t>Corresponding author</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="007734F2">
         <w:br/>
         <w:t xml:space="preserve">e-mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00D005EC" w:rsidRPr="007734F2">
           <w:rPr>
             <w:rStyle w:val="Hiperhivatkozs"/>
             <w:color w:val="auto"/>
-            <w:u w:val="none"/>
           </w:rPr>
           <w:t>user@host.domain</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D005EC" w:rsidRPr="007734F2">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04169359" w14:textId="514EAF1C" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="0099537B" w:rsidP="00053DEB">
+    <w:p w14:paraId="49C4365B" w14:textId="77777777" w:rsidR="00D24F34" w:rsidRDefault="0099537B" w:rsidP="000F00E7">
       <w:pPr>
         <w:pStyle w:val="04TextofAbstract"/>
       </w:pPr>
       <w:r w:rsidRPr="007734F2">
         <w:rPr>
           <w:rStyle w:val="04TextofAbstractFlkvrChar"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
       <w:r w:rsidRPr="007734F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007734F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F969D0" w:rsidRPr="007734F2">
-[...12 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidR="000F00E7" w:rsidRPr="000F00E7">
+        <w:t>10 lines in English, font type Book Antiqua, font size 10 points (Text of the abstract limited to 200 words.)</w:t>
+      </w:r>
+      <w:r w:rsidR="000F00E7">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711F7EE4" w14:textId="7DC4D976" w:rsidR="0099537B" w:rsidRPr="00C83E5C" w:rsidRDefault="0099537B" w:rsidP="00053DEB">
+    <w:p w14:paraId="711F7EE4" w14:textId="00C9C0B7" w:rsidR="0099537B" w:rsidRPr="00C83E5C" w:rsidRDefault="0099537B" w:rsidP="00D24F34">
       <w:pPr>
         <w:pStyle w:val="04bKeyword"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007734F2">
         <w:t xml:space="preserve">Keywords: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-        <w:t>angolul (</w:t>
+      <w:r w:rsidR="00D24F34">
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00916EC4" w:rsidRPr="00C92C83">
-        <w:t>at least five, excluding words from the title</w:t>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>t least five, excluding words from the title</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6053EE8E" w14:textId="3136479F" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="00F969D0" w:rsidP="0098180B">
+    <w:p w14:paraId="6053EE8E" w14:textId="3BF8E78E" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="000F00E7" w:rsidP="000F00E7">
       <w:pPr>
         <w:pStyle w:val="05MainSectionTitle"/>
       </w:pPr>
-      <w:r w:rsidRPr="007734F2">
-        <w:t>Bevezetés</w:t>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F00E7">
+        <w:t>ntroduction</w:t>
       </w:r>
       <w:r w:rsidR="0099537B" w:rsidRPr="007734F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B9C776E" w14:textId="7FF78876" w:rsidR="009F775A" w:rsidRPr="007734F2" w:rsidRDefault="00D02A84">
+    <w:p w14:paraId="0EF3B600" w14:textId="1CB3E9A6" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="000F00E7" w:rsidP="000F00E7">
       <w:pPr>
         <w:pStyle w:val="06MainTextFormat"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000F00E7">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007734F2">
+        <w:t xml:space="preserve">The main text may be in Hungarian or English (all fonts must be Book Antiqua, the main text must be 12 point, footnotes are not permitted, content may be provided in endnotes under APPENDIX, numbers in superscript may be used in the text. </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CB7">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CB7" w:rsidRPr="007C6CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>ine spacing should be single</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F00E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>Line breaks are not permitted, new sections may continue on a new line.</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0596">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0596" w:rsidRPr="001D0596">
+        <w:t>If you select the option to display line numbers, this is easier to follow.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51FA4E11" w14:textId="72248714" w:rsidR="000F00E7" w:rsidRDefault="000F00E7" w:rsidP="000F00E7">
+      <w:pPr>
+        <w:pStyle w:val="05MainSectionTitle"/>
+      </w:pPr>
+      <w:r>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F00E7">
+        <w:t xml:space="preserve">ain </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F00E7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00F969D0" w:rsidRPr="007734F2">
+      <w:r w:rsidRPr="000F00E7">
+        <w:t>itle</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0596">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CB7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0596">
+        <w:t>form</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CB7">
+        <w:t xml:space="preserve"> is:</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0596">
+        <w:t xml:space="preserve"> Bo</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CB7">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0596">
+        <w:t>k Anti</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CB7">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0596">
+        <w:t>ua, 12</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CB7">
+        <w:t xml:space="preserve"> p.</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0596">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CB7">
+        <w:rPr>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>Bold)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="456DADD9" w14:textId="332A6DC3" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="00E41B8A" w:rsidP="000F00E7">
+      <w:pPr>
+        <w:pStyle w:val="07SubsectionTitle"/>
+      </w:pPr>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="000F00E7" w:rsidRPr="000F00E7">
+        <w:t>econd-level heading</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CB7">
+        <w:t xml:space="preserve"> (form is: Book Antiqua, 12 p., Gold+Bold)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0361837C" w14:textId="3C0CC30C" w:rsidR="000F00E7" w:rsidRDefault="000F00E7" w:rsidP="000F00E7">
+      <w:pPr>
+        <w:pStyle w:val="Stlus06MainTextFormatBookAntiquaDltFeketeElssor"/>
+      </w:pPr>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F00E7">
+        <w:t>hird-level heading</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CB7">
+        <w:t xml:space="preserve"> (form is: Book Antiqua, 12 p., Gold)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1423D2BF" w14:textId="3F73A190" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="00E41B8A" w:rsidP="008B49A4">
+      <w:pPr>
+        <w:pStyle w:val="06MainTextFormat"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
-        <w:t>örzsszöveg</w:t>
-[...187 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Main text with references to numbered figures (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>1. ábra</w:t>
-[...220 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        <w:t>Figure 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) and tables (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>latin fajnevek</w:t>
-[...64 lines deleted...]
-      </w:pPr>
+        <w:t>Table 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">). References in Harvard style and in round brackets (Author, 2012; Author1 and Author2, 2010; Author1 et al., 2011). If the author's name is integrated into the text, only the year is placed in parentheses. Italics are not allowed in the text (except for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Latin species names</w:t>
+      </w:r>
+      <w:r>
+        <w:t>). Only references that appear in the bibliography may be included in the text, and vice versa. There should be no line breaks between paragraphs.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3D58A0E9" w14:textId="3041301B" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="000B14B3">
       <w:pPr>
         <w:pStyle w:val="06MainTextFormat"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007734F2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6FE1ABD7" wp14:editId="737024D0">
             <wp:extent cx="352425" cy="352425"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="1" name="Kép 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -813,371 +494,311 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="352425" cy="352425"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C21D4FA" w14:textId="6CA17004" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="00D148A5" w:rsidP="00847570">
+    <w:p w14:paraId="08F4357E" w14:textId="0E16A630" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="005551CF" w:rsidP="005551CF">
       <w:pPr>
         <w:pStyle w:val="10FigureTitles"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007734F2">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Figure 1</w:t>
+      </w:r>
+      <w:r w:rsidR="007B58D4" w:rsidRPr="007734F2">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B58D4" w:rsidRPr="007734F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Title </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D6B80E" w14:textId="3FFB270E" w:rsidR="0099537B" w:rsidRPr="00C83E5C" w:rsidRDefault="001D1736">
+      <w:pPr>
+        <w:pStyle w:val="06MainTextFormat"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:b/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007B58D4" w:rsidRPr="007734F2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D1736">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:b/>
-[...37 lines deleted...]
-        <w:t>]</w:t>
+        </w:rPr>
+        <w:t>Please send figures in a separate file (as well), naming them according to their serial number. The text of the graph should also be in Book Antikqua, font size 11. Text ... can be seen in Table 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F4357E" w14:textId="77777777" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="0099537B">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3A1F722B" w14:textId="2D9CEB6A" w:rsidR="0099537B" w:rsidRPr="001A5FBF" w:rsidRDefault="001D1736" w:rsidP="00727D4B">
+      <w:pPr>
+        <w:pStyle w:val="11TableTitles"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...68 lines deleted...]
-        <w:t>táblázat</w:t>
+        <w:t>Table 1.</w:t>
       </w:r>
       <w:r w:rsidR="007B58D4" w:rsidRPr="007734F2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A5FBF">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> angolul szögletes zárójelben]</w:t>
+      <w:r>
+        <w:t>Title</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1173"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="5423"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D43D0" w:rsidRPr="007734F2" w14:paraId="1D86BD6D" w14:textId="77777777" w:rsidTr="002073AC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="636BB861" w14:textId="191BE8AD" w:rsidR="003D43D0" w:rsidRPr="001A5FBF" w:rsidRDefault="003D43D0" w:rsidP="003D43D0">
             <w:pPr>
               <w:pStyle w:val="14TableText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="368D5C7F" w14:textId="00BCC927" w:rsidR="003D43D0" w:rsidRPr="001A5FBF" w:rsidRDefault="003D43D0" w:rsidP="003D43D0">
+          <w:p w14:paraId="368D5C7F" w14:textId="683EB828" w:rsidR="003D43D0" w:rsidRPr="001A5FBF" w:rsidRDefault="001D1736" w:rsidP="003D43D0">
             <w:pPr>
               <w:pStyle w:val="14TableText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A5FBF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Oszlop1</w:t>
+              <w:t xml:space="preserve">Column </w:t>
+            </w:r>
+            <w:r w:rsidR="003D43D0" w:rsidRPr="001A5FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00437542">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68224642" w14:textId="657D9AFB" w:rsidR="003D43D0" w:rsidRPr="001A5FBF" w:rsidRDefault="003D43D0" w:rsidP="003D43D0">
+          <w:p w14:paraId="68224642" w14:textId="664220CF" w:rsidR="003D43D0" w:rsidRPr="001A5FBF" w:rsidRDefault="001D1736" w:rsidP="003D43D0">
             <w:pPr>
               <w:pStyle w:val="14TableText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A5FBF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Oszlop2</w:t>
+              <w:t xml:space="preserve">Column </w:t>
+            </w:r>
+            <w:r w:rsidR="003D43D0" w:rsidRPr="001A5FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00437542">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05EE2ED1" w14:textId="77777777" w:rsidR="003D43D0" w:rsidRPr="001A5FBF" w:rsidRDefault="003D43D0" w:rsidP="003D43D0">
             <w:pPr>
               <w:pStyle w:val="14TableText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D43D0" w:rsidRPr="007734F2" w14:paraId="4E8505B4" w14:textId="77777777" w:rsidTr="002073AC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="551DCC99" w14:textId="62602610" w:rsidR="003D43D0" w:rsidRPr="001A5FBF" w:rsidRDefault="003D43D0" w:rsidP="003D43D0">
+          <w:p w14:paraId="551DCC99" w14:textId="6BCB1E77" w:rsidR="003D43D0" w:rsidRPr="001A5FBF" w:rsidRDefault="001D1736" w:rsidP="003D43D0">
             <w:pPr>
               <w:pStyle w:val="14TableText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A5FBF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Sor1</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Line</w:t>
+            </w:r>
+            <w:r w:rsidR="003D43D0" w:rsidRPr="001A5FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="733EE6CA" w14:textId="77777777" w:rsidR="003D43D0" w:rsidRPr="001A5FBF" w:rsidRDefault="003D43D0" w:rsidP="003D43D0">
+          <w:p w14:paraId="733EE6CA" w14:textId="4647CAAD" w:rsidR="003D43D0" w:rsidRPr="001A5FBF" w:rsidRDefault="001D1736" w:rsidP="003D43D0">
             <w:pPr>
               <w:pStyle w:val="14TableText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>book antiqua 11</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F28D216" w14:textId="77777777" w:rsidR="003D43D0" w:rsidRPr="001A5FBF" w:rsidRDefault="003D43D0" w:rsidP="003D43D0">
             <w:pPr>
               <w:pStyle w:val="14TableText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C1075D3" w14:textId="77777777" w:rsidR="003D43D0" w:rsidRPr="001A5FBF" w:rsidRDefault="003D43D0" w:rsidP="003D43D0">
             <w:pPr>
@@ -1247,925 +868,907 @@
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39077231" w14:textId="77777777" w:rsidR="003D43D0" w:rsidRPr="001A5FBF" w:rsidRDefault="003D43D0" w:rsidP="003D43D0">
             <w:pPr>
               <w:pStyle w:val="14TableText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="134E4A5E" w14:textId="77777777" w:rsidR="00434218" w:rsidRPr="007734F2" w:rsidRDefault="00434218">
       <w:pPr>
         <w:pStyle w:val="06MainTextFormat"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D87C5B3" w14:textId="77777777" w:rsidR="00434218" w:rsidRPr="007734F2" w:rsidRDefault="00434218">
+    <w:p w14:paraId="1CB83DCB" w14:textId="58BE7417" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="001D1736">
       <w:pPr>
         <w:pStyle w:val="06MainTextFormat"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001D1736">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>The text may contain</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a list in the following format</w:t>
+      </w:r>
+      <w:r w:rsidR="0099537B" w:rsidRPr="007734F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1CB83DCB" w14:textId="27814FF6" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="00D148A5">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+    <w:p w14:paraId="63275F73" w14:textId="4C68DA21" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="001D1736" w:rsidP="00387276">
+      <w:pPr>
+        <w:pStyle w:val="Stlus15ListingBookAntiqua"/>
+      </w:pPr>
+      <w:r>
+        <w:t>First item</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63275F73" w14:textId="2FAF3C72" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="00D148A5" w:rsidP="00387276">
+    <w:p w14:paraId="38C990BC" w14:textId="288166BF" w:rsidR="0099537B" w:rsidRPr="001D1736" w:rsidRDefault="001D1736" w:rsidP="001D1736">
       <w:pPr>
         <w:pStyle w:val="Stlus15ListingBookAntiqua"/>
       </w:pPr>
-      <w:r w:rsidRPr="007734F2">
-        <w:t>Első tétel</w:t>
+      <w:r>
+        <w:t>Second</w:t>
+      </w:r>
+      <w:r w:rsidR="00D148A5" w:rsidRPr="007734F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>item</w:t>
       </w:r>
       <w:r w:rsidR="0099537B" w:rsidRPr="007734F2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78859C49" w14:textId="028AFFEB" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="00D148A5" w:rsidP="00387276">
-[...10 lines deleted...]
-    <w:p w14:paraId="38C990BC" w14:textId="77777777" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="0099537B">
+    <w:p w14:paraId="27C24BA6" w14:textId="57FA188A" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="001D1736">
       <w:pPr>
         <w:pStyle w:val="06MainTextFormat"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="06MainTextFormat"/>
+      <w:r w:rsidRPr="001D1736">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007734F2">
+        <w:t>Equations and formulas referenced by</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
-        <w:t>Egyenletek,</w:t>
-[...23 lines deleted...]
-        <w:t>),</w:t>
+        <w:t xml:space="preserve"> number in the text (Formula 1.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63DCE07E" w14:textId="77777777" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="0099537B">
       <w:pPr>
         <w:pStyle w:val="06MainTextFormat"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B9D1CAA" w14:textId="36B5E294" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="0099537B">
+    <w:p w14:paraId="2B9D1CAA" w14:textId="734CC6C5" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="0099537B">
       <w:pPr>
         <w:pStyle w:val="12EquationNumbers"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007734F2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007734F2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:position w:val="-60"/>
         </w:rPr>
         <w:object w:dxaOrig="1880" w:dyaOrig="999" w14:anchorId="3F8A568F">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:93.75pt;height:50.25pt" o:ole="">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:93.5pt;height:50.5pt" o:ole="">
             <v:imagedata r:id="rId9" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1774858825" r:id="rId10"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1833945990" r:id="rId10"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="007734F2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:tab/>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00C263B7" w:rsidRPr="007734F2">
+      <w:r w:rsidR="00A6320E">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
-        <w:t>1. képlet</w:t>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="001D1736">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>ormula 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="007734F2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="448EEE9D" w14:textId="21BDB231" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="00D148A5" w:rsidP="00053DEB">
+    <w:p w14:paraId="448EEE9D" w14:textId="30AD5B21" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="001D1736" w:rsidP="00053DEB">
       <w:pPr>
         <w:pStyle w:val="04TextofAbstract"/>
       </w:pPr>
-      <w:r w:rsidRPr="007734F2">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="04TextofAbstractFlkvrChar"/>
         </w:rPr>
-        <w:t>Köszönetnyilvánítás</w:t>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D1736">
+        <w:rPr>
+          <w:rStyle w:val="04TextofAbstractFlkvrChar"/>
+        </w:rPr>
+        <w:t>cknowledgment</w:t>
       </w:r>
       <w:r w:rsidR="0099537B" w:rsidRPr="007734F2">
         <w:rPr>
           <w:rStyle w:val="04TextofAbstractFlkvrChar"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0099537B" w:rsidRPr="007734F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007734F2">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="001D1736">
+        <w:t>Individuals, institutions, sponsors, project numbers can also be referenced here</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Book Antiqua, 10)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A64D082" w14:textId="555B7CC6" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="00D148A5" w:rsidP="005A17AE">
-[...4 lines deleted...]
-        <w:t>Irodalomjegyzék</w:t>
+    <w:p w14:paraId="3A64D082" w14:textId="379182B0" w:rsidR="0099537B" w:rsidRPr="007734F2" w:rsidRDefault="002E03B7" w:rsidP="00503D55">
+      <w:pPr>
+        <w:pStyle w:val="05MainSectionTitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6320E">
+        <w:t>REFERENCES</w:t>
       </w:r>
       <w:r w:rsidR="00495D27" w:rsidRPr="007734F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D118FD" w:rsidRPr="007734F2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="005A17AE" w:rsidRPr="007734F2">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">1- fi cikk, 2- disszertáció, 3- könyv, 4- könyvfejezet, 5- weboldal, </w:t>
+        <w:t xml:space="preserve">1- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6320E">
+        <w:t>article</w:t>
+      </w:r>
+      <w:r w:rsidR="005A17AE" w:rsidRPr="007734F2">
+        <w:t xml:space="preserve">, 2- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6320E">
+        <w:t>dissertation</w:t>
+      </w:r>
+      <w:r w:rsidR="005A17AE" w:rsidRPr="007734F2">
+        <w:t xml:space="preserve">, 3- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6320E">
+        <w:t>book</w:t>
+      </w:r>
+      <w:r w:rsidR="005A17AE" w:rsidRPr="007734F2">
+        <w:t xml:space="preserve">, 4- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6320E">
+        <w:t>book chapter</w:t>
+      </w:r>
+      <w:r w:rsidR="005A17AE" w:rsidRPr="007734F2">
+        <w:t xml:space="preserve">, 5- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6320E">
+        <w:t>webpage</w:t>
+      </w:r>
+      <w:r w:rsidR="005A17AE" w:rsidRPr="007734F2">
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00495D27" w:rsidRPr="007734F2">
         <w:t>6 –</w:t>
       </w:r>
       <w:r w:rsidR="00576D3D" w:rsidRPr="007734F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A17AE" w:rsidRPr="007734F2">
-[...3 lines deleted...]
-        <w:t>konferenciaelőadás</w:t>
+      <w:r w:rsidR="00A6320E">
+        <w:t xml:space="preserve">conference </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6320E" w:rsidRPr="00A6320E">
+        <w:t>presentation</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6320E">
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00AC2257" w:rsidRPr="007734F2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E561E">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>7- kézirat</w:t>
+        <w:t xml:space="preserve">7- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6320E" w:rsidRPr="00A6320E">
+        <w:t>manuscript</w:t>
       </w:r>
       <w:r w:rsidR="00AC2257" w:rsidRPr="007734F2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="005A17AE" w:rsidRPr="007734F2">
-[...54 lines deleted...]
-        <w:t>]</w:t>
+      <w:r w:rsidR="00EB7EB5">
+        <w:t xml:space="preserve"> [Book Antiqua, 11]</w:t>
+      </w:r>
+      <w:r w:rsidR="008302A8">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00503D55">
+        <w:t>DOI</w:t>
+      </w:r>
+      <w:r w:rsidR="00503D55" w:rsidRPr="00503D55">
+        <w:t xml:space="preserve"> number, if available, required</w:t>
+      </w:r>
+      <w:r w:rsidR="00503D55">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="489FCC0A" w14:textId="13BD67D8" w:rsidR="008846EE" w:rsidRDefault="008846EE" w:rsidP="00092A38">
-[...1 lines deleted...]
-        <w:pStyle w:val="13ReferenceList"/>
+    <w:p w14:paraId="489FCC0A" w14:textId="13BD67D8" w:rsidR="008846EE" w:rsidRPr="00EB7EB5" w:rsidRDefault="008846EE" w:rsidP="00EB7EB5">
+      <w:pPr>
+        <w:pStyle w:val="Stlus13ReferenceListBookAntiqua2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="567"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fleming, R.</w:t>
       </w:r>
-      <w:r w:rsidR="0017098F" w:rsidRPr="007734F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidR="0017098F" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007734F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A., Barclay, H.</w:t>
       </w:r>
-      <w:r w:rsidR="0017098F" w:rsidRPr="007734F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidR="0017098F" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007734F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>J., Candau, J.</w:t>
       </w:r>
-      <w:r w:rsidR="0017098F" w:rsidRPr="007734F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidR="0017098F" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007734F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N. (2002): Sc</w:t>
       </w:r>
-      <w:r w:rsidR="000D348B" w:rsidRPr="007734F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidR="000D348B" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">aling-up an autoregressive time </w:t>
       </w:r>
-      <w:r w:rsidRPr="007734F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">series model (of spruce budworm population dynamics) changes its qualitative behaviour. </w:t>
       </w:r>
-      <w:r w:rsidRPr="007734F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t xml:space="preserve"> Ecological Modelling 149(1-2): 127-142.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C0329DA" w14:textId="655722E6" w:rsidR="004E561E" w:rsidRPr="007734F2" w:rsidRDefault="004E561E" w:rsidP="004E561E">
-[...1 lines deleted...]
-        <w:pStyle w:val="13ReferenceList"/>
+    <w:p w14:paraId="6C0329DA" w14:textId="655722E6" w:rsidR="004E561E" w:rsidRPr="00EB7EB5" w:rsidRDefault="004E561E" w:rsidP="00EB7EB5">
+      <w:pPr>
+        <w:pStyle w:val="Stlus13ReferenceListBookAntiqua2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="567"/>
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Zhao X. (2020)</w:t>
       </w:r>
-      <w:r w:rsidR="003E36DD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidR="003E36DD" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007734F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thermal and Optical Management of Windows with Nanoengineered Transparent Insulation Materials, Ph.D. dissertation. University of Colorado at Boulder, USA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29CB6B34" w14:textId="77777777" w:rsidR="004E561E" w:rsidRPr="007734F2" w:rsidRDefault="004E561E" w:rsidP="004E561E">
-[...1 lines deleted...]
-        <w:pStyle w:val="13ReferenceList"/>
+    <w:p w14:paraId="29CB6B34" w14:textId="77777777" w:rsidR="004E561E" w:rsidRPr="00EB7EB5" w:rsidRDefault="004E561E" w:rsidP="00EB7EB5">
+      <w:pPr>
+        <w:pStyle w:val="Stlus13ReferenceListBookAntiqua2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="567"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Podani, J. (1994): Multivariate Data Analysis in Ecology and Systematics. – SPB Publishing, The Hague.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6B280E" w14:textId="53E6F0DD" w:rsidR="004E561E" w:rsidRPr="007734F2" w:rsidRDefault="004E561E" w:rsidP="004E561E">
-[...1 lines deleted...]
-        <w:pStyle w:val="13ReferenceList"/>
+    <w:p w14:paraId="6B6B280E" w14:textId="53E6F0DD" w:rsidR="004E561E" w:rsidRPr="00EB7EB5" w:rsidRDefault="004E561E" w:rsidP="00EB7EB5">
+      <w:pPr>
+        <w:pStyle w:val="Stlus13ReferenceListBookAntiqua2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="567"/>
-[...14 lines deleted...]
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Thompson, J. N. (1984): Insect Diversity and the Trophic Structure of Communities. – In: Huffaker, C. B. (ed.) Ecological Entomology. Wiley-Interscience, New York.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70D91AB8" w14:textId="6739E0ED" w:rsidR="00495D27" w:rsidRPr="007734F2" w:rsidRDefault="00495D27" w:rsidP="004E561E">
-[...1 lines deleted...]
-        <w:pStyle w:val="13ReferenceList"/>
+    <w:p w14:paraId="56B14B7E" w14:textId="76C3F2DD" w:rsidR="00495D27" w:rsidRPr="00EB7EB5" w:rsidRDefault="00A6320E" w:rsidP="00D50189">
+      <w:pPr>
+        <w:pStyle w:val="Stlus13ReferenceListBookAntiqua2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="567"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r w:rsidR="00495D27" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Author2. (year</w:t>
+      </w:r>
+      <w:r w:rsidR="00495D27" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003E36DD" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007734F2">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Cím.</w:t>
+      <w:r w:rsidR="00495D27" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:r w:rsidR="00495D27" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2773" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00495D27" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://www..... (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50189" w:rsidRPr="00D50189">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Download date</w:t>
+      </w:r>
+      <w:r w:rsidR="00495D27" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50189">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>11.12.2021.</w:t>
+      </w:r>
+      <w:r w:rsidR="00495D27" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10:11)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B14B7E" w14:textId="583BCC35" w:rsidR="00495D27" w:rsidRDefault="00495D27" w:rsidP="00245D24">
-[...1 lines deleted...]
-        <w:pStyle w:val="13ReferenceList"/>
+    <w:p w14:paraId="7C88CC0B" w14:textId="1622347F" w:rsidR="00895AE2" w:rsidRPr="00EB7EB5" w:rsidRDefault="00895AE2" w:rsidP="00EB7EB5">
+      <w:pPr>
+        <w:pStyle w:val="Stlus13ReferenceListBookAntiqua2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="0"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:left="851"/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gieva E. E., Nedelchev K. I., Kralov I. M. és Ruskova I. N. (2019)</w:t>
       </w:r>
-      <w:r w:rsidR="006C33B2" w:rsidRPr="007734F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidR="006C33B2" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007734F2">
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Sofia, Bulgaria. pp. 1-4. doi: </w:t>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Analyses of Energy Harvesting Methods and Devices for Use in Transport Noise Harvesting. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2773" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In: 2019 X National Conference with International Participation (ELECTRONICA), Sofia, Bulgaria. pp. 1-4. doi: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="007734F2">
+        <w:r w:rsidRPr="00EB7EB5">
           <w:rPr>
             <w:rStyle w:val="Hiperhivatkozs"/>
-            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>10.1109/ELECTRONICA.2019.8825649</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007734F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B376AF" w14:textId="4BAB0D70" w:rsidR="004E561E" w:rsidRDefault="004E561E" w:rsidP="004E561E">
-[...1 lines deleted...]
-        <w:pStyle w:val="13ReferenceList"/>
+    <w:p w14:paraId="37B376AF" w14:textId="25835312" w:rsidR="004E561E" w:rsidRPr="00EB7EB5" w:rsidRDefault="00756C03" w:rsidP="00756C03">
+      <w:pPr>
+        <w:pStyle w:val="Stlus13ReferenceListBookAntiqua2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="567"/>
-[...10 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-[...7 lines deleted...]
-        <w:t>SZTE BTK Neveléstudományi Tanszék, Szeged</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Author name</w:t>
+      </w:r>
+      <w:r w:rsidR="004E561E" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2005): </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:r w:rsidR="004E561E" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manuscript</w:t>
+      </w:r>
+      <w:r w:rsidR="004E561E" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E561E" w:rsidRPr="00EB7EB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00756C03">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Source of the manuscript</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC42BE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="419B65AE" w14:textId="72E37E10" w:rsidR="00495D27" w:rsidRPr="003B78E0" w:rsidRDefault="00C83E5C" w:rsidP="00C83E5C">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+    <w:p w14:paraId="419B65AE" w14:textId="39128139" w:rsidR="00495D27" w:rsidRPr="00B178BC" w:rsidRDefault="00C83E5C" w:rsidP="00FE2773">
+      <w:pPr>
+        <w:pStyle w:val="04TextofAbstract"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B178BC">
+        <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...10 lines deleted...]
-        <w:t>agyar nyelvű összefoglaló.</w:t>
+        </w:rPr>
+        <w:t>Absztrakt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B178BC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2773" w:rsidRPr="00FE2773">
+        <w:t>Hungarian summary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B178BC">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26536331" w14:textId="77777777" w:rsidR="00C8179D" w:rsidRPr="007734F2" w:rsidRDefault="00C8179D" w:rsidP="005A17AE">
       <w:pPr>
         <w:pStyle w:val="09ReferencesTitle"/>
       </w:pPr>
       <w:r w:rsidRPr="007734F2">
         <w:t>Appendix</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FD7ADFB" w14:textId="27C79150" w:rsidR="002073AC" w:rsidRPr="007734F2" w:rsidRDefault="00C263B7" w:rsidP="00053DEB">
+    <w:p w14:paraId="1FD7ADFB" w14:textId="776BAEE2" w:rsidR="002073AC" w:rsidRPr="007734F2" w:rsidRDefault="00FE2773" w:rsidP="00FE2773">
       <w:pPr>
         <w:pStyle w:val="04TextofAbstract"/>
         <w:rPr>
           <w:rStyle w:val="04TextofAbstractFlkvrChar"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007734F2">
+      <w:r w:rsidRPr="00FE2773">
         <w:rPr>
           <w:rStyle w:val="04TextofAbstractFlkvrChar"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Tetszőleges kiegészítő tartalom, felsorolás, ábra, táblázat, térkép, fénykép ami a cikk értelmezéséhez nem feltétlenül szükséges, de azt hasznosan kiegészíti</w:t>
-[...9 lines deleted...]
-        <w:t>.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Optional supplementary content, lists, figures, tables, maps, photographs that are not essential to the interpretation of the article but usefully supplement it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0959E704" w14:textId="4E8C5B6E" w:rsidR="0059330D" w:rsidRPr="007734F2" w:rsidRDefault="002073AC" w:rsidP="00053DEB">
-[...60 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+    <w:sectPr w:rsidR="002073AC" w:rsidRPr="007734F2" w:rsidSect="00EE1098">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11905" w:h="16837" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:lnNumType w:countBy="1" w:restart="continuous"/>
       <w:pgNumType w:fmt="numberInDash"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22E925E6" w14:textId="77777777" w:rsidR="00F35533" w:rsidRDefault="00F35533">
+    <w:p w14:paraId="2F570D88" w14:textId="77777777" w:rsidR="00D968DD" w:rsidRDefault="00D968DD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24DF97CE" w14:textId="77777777" w:rsidR="00F35533" w:rsidRDefault="00F35533">
+    <w:p w14:paraId="03CF3540" w14:textId="77777777" w:rsidR="00D968DD" w:rsidRDefault="00D968DD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Book Antiqua">
+    <w:panose1 w:val="02040602050305030304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Book Antiqua">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A52D52E" w14:textId="77777777" w:rsidR="00CA4813" w:rsidRDefault="00CA4813">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3D8CCD3B" w14:textId="77777777" w:rsidR="00CA4813" w:rsidRDefault="00CA4813">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2718951B" w14:textId="16C92493" w:rsidR="00281014" w:rsidRPr="00CA4813" w:rsidRDefault="0059330D">
@@ -2214,92 +1817,95 @@
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A Wesley János Lelkészképző Főiskola Tudományos Közleményei</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3C7DA51C" w14:textId="4EE421A4" w:rsidR="0059330D" w:rsidRPr="00CA4813" w:rsidRDefault="0059330D">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CA4813">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> [Scientific Journal of John Wesley Theological College]</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="751CFA82" w14:textId="43B8FA8D" w:rsidR="00281014" w:rsidRDefault="00281014">
+  <w:p w14:paraId="751CFA82" w14:textId="4F7A5CD7" w:rsidR="00281014" w:rsidRDefault="009922F6">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00CA4813">
+    <w:r w:rsidRPr="009922F6">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>http://www</w:t>
+      <w:t>https://opuscula.wjlf.hu/</w:t>
     </w:r>
-    <w:r w:rsidR="0059330D" w:rsidRPr="00CA4813">
+    <w:r w:rsidR="00281014" w:rsidRPr="00CA4813">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>...</w:t>
+      <w:t>● ISSN</w:t>
     </w:r>
-    <w:r w:rsidRPr="00CA4813">
+    <w:r w:rsidRPr="009922F6">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="009922F6">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>. ● ISSN</w:t>
+      <w:t>2939-8398</w:t>
     </w:r>
     <w:r w:rsidR="0059330D" w:rsidRPr="00CA4813">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>….</w:t>
+      <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidRPr="00CA4813">
+    <w:r w:rsidR="00281014" w:rsidRPr="00CA4813">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> (Online)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2644C94C" w14:textId="253B5CEA" w:rsidR="00281014" w:rsidRPr="00D148A5" w:rsidRDefault="00113917">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:val="hu-HU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="716850DA" wp14:editId="49F29EDA">
           <wp:extent cx="838200" cy="295275"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Kép 2" descr="Creative Commons License"/>
@@ -2318,400 +1924,283 @@
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="838200" cy="295275"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47660D85" w14:textId="77777777" w:rsidR="00F35533" w:rsidRDefault="00F35533">
+    <w:p w14:paraId="370DC7DC" w14:textId="77777777" w:rsidR="00D968DD" w:rsidRDefault="00D968DD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="704D2BB4" w14:textId="77777777" w:rsidR="00F35533" w:rsidRDefault="00F35533">
+    <w:p w14:paraId="263DDA44" w14:textId="77777777" w:rsidR="00D968DD" w:rsidRDefault="00D968DD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="0DCBB9D0" w14:textId="77777777" w:rsidR="000C6FCD" w:rsidRDefault="000C6FCD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6C9D0262" w14:textId="77777777" w:rsidR="00F969D0" w:rsidRPr="00CA4813" w:rsidRDefault="00F969D0" w:rsidP="00F819AA">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
-    </w:pPr>
-[...12 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9889" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4928"/>
       <w:gridCol w:w="4961"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F969D0" w:rsidRPr="00A20D5D" w14:paraId="4D3ED86D" w14:textId="77777777" w:rsidTr="00C85836">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4928" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="55A71BFD" w14:textId="0FCDEE24" w:rsidR="00F969D0" w:rsidRPr="00A20D5D" w:rsidRDefault="00F969D0" w:rsidP="00C10E3C">
+        <w:p w14:paraId="55A71BFD" w14:textId="0FCDEE24" w:rsidR="00F969D0" w:rsidRPr="00A20D5D" w:rsidRDefault="00F969D0" w:rsidP="00F819AA">
           <w:pPr>
             <w:pStyle w:val="lfej"/>
-            <w:rPr>
-[...3 lines deleted...]
-            </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A20D5D">
-            <w:rPr>
-[...3 lines deleted...]
-            </w:rPr>
             <w:t xml:space="preserve">Dosszié neve magyarul </w:t>
           </w:r>
           <w:r w:rsidR="0059330D" w:rsidRPr="00A20D5D">
-            <w:rPr>
-[...3 lines deleted...]
-            </w:rPr>
             <w:t>[</w:t>
           </w:r>
           <w:r w:rsidRPr="00A20D5D">
-            <w:rPr>
-[...3 lines deleted...]
-            </w:rPr>
             <w:t xml:space="preserve"> angolul</w:t>
           </w:r>
           <w:r w:rsidR="0059330D" w:rsidRPr="00A20D5D">
-            <w:rPr>
-[...3 lines deleted...]
-            </w:rPr>
             <w:t>]</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4961" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="06E9AA81" w14:textId="288F4F25" w:rsidR="00F969D0" w:rsidRPr="00A20D5D" w:rsidRDefault="00F969D0" w:rsidP="00C10E3C">
+        <w:p w14:paraId="06E9AA81" w14:textId="288F4F25" w:rsidR="00F969D0" w:rsidRPr="00A20D5D" w:rsidRDefault="00F969D0" w:rsidP="00F819AA">
           <w:pPr>
             <w:pStyle w:val="lfej"/>
-            <w:rPr>
-[...3 lines deleted...]
-            </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A20D5D">
-            <w:rPr>
-[...3 lines deleted...]
-            </w:rPr>
             <w:t xml:space="preserve">Műfaj megjelölése magyarul </w:t>
           </w:r>
           <w:r w:rsidR="0059330D" w:rsidRPr="00A20D5D">
-            <w:rPr>
-[...3 lines deleted...]
-            </w:rPr>
             <w:t>[</w:t>
           </w:r>
           <w:r w:rsidRPr="00A20D5D">
-            <w:rPr>
-[...3 lines deleted...]
-            </w:rPr>
             <w:t xml:space="preserve"> angolul</w:t>
           </w:r>
           <w:r w:rsidR="0059330D" w:rsidRPr="00A20D5D">
-            <w:rPr>
-[...3 lines deleted...]
-            </w:rPr>
             <w:t>]</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00C261C5" w:rsidRPr="00A20D5D" w14:paraId="66B67F26" w14:textId="77777777" w:rsidTr="00C85836">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9889" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
           <w:tcBorders>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="1F886441" w14:textId="77777777" w:rsidR="00C261C5" w:rsidRPr="00A20D5D" w:rsidRDefault="00C261C5" w:rsidP="00C10E3C">
+        <w:p w14:paraId="1F886441" w14:textId="77777777" w:rsidR="00C261C5" w:rsidRPr="00A20D5D" w:rsidRDefault="00C261C5" w:rsidP="00F819AA">
           <w:pPr>
             <w:pStyle w:val="lfej"/>
-            <w:rPr>
-[...3 lines deleted...]
-            </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="1F0A95B6" w14:textId="77777777" w:rsidR="00113917" w:rsidRDefault="00C261C5" w:rsidP="000C6FCD">
+        <w:p w14:paraId="1F0A95B6" w14:textId="61F3B4BE" w:rsidR="00113917" w:rsidRDefault="00C261C5" w:rsidP="000C6FCD">
           <w:pPr>
             <w:pStyle w:val="llb"/>
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A20D5D">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Szerző1 és mti: rövid cím magyarul [Short running title angolul]</w:t>
+            <w:t xml:space="preserve">Szerző1 és mti: rövid cím magyarul </w:t>
+          </w:r>
+          <w:r w:rsidR="00C45AC5">
+            <w:rPr>
+              <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">– </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00A20D5D">
+            <w:rPr>
+              <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>[Short running title angolul]</w:t>
           </w:r>
           <w:r w:rsidR="000C6FCD">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve"> – </w:t>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3ABBAF69" w14:textId="741E2142" w:rsidR="000C6FCD" w:rsidRPr="003A6B6D" w:rsidRDefault="000C6FCD" w:rsidP="00113917">
+        <w:p w14:paraId="5B6B6109" w14:textId="7C53019A" w:rsidR="00C261C5" w:rsidRPr="00CF71C1" w:rsidRDefault="00857CF9" w:rsidP="00F819AA">
           <w:pPr>
-            <w:pStyle w:val="llb"/>
+            <w:pStyle w:val="lfej"/>
             <w:jc w:val="left"/>
             <w:rPr>
-              <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-[...1 lines deleted...]
-              <w:szCs w:val="20"/>
+              <w:rStyle w:val="Hiperhivatkozs"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="003A6B6D">
+          <w:r>
             <w:rPr>
-              <w:color w:val="FF0000"/>
-              <w:szCs w:val="16"/>
+              <w:rStyle w:val="Hiperhivatkozs"/>
             </w:rPr>
-            <w:t xml:space="preserve">DOI: </w:t>
+            <w:t>https:</w:t>
           </w:r>
-          <w:r w:rsidRPr="003A6B6D">
+          <w:r w:rsidR="00C45AC5" w:rsidRPr="00CF71C1">
             <w:rPr>
-              <w:color w:val="FF0000"/>
+              <w:rStyle w:val="Hiperhivatkozs"/>
             </w:rPr>
-            <w:t>http</w:t>
+            <w:t>/</w:t>
           </w:r>
-          <w:r w:rsidR="00113917">
+          <w:r>
             <w:rPr>
-              <w:color w:val="FF0000"/>
+              <w:rStyle w:val="Hiperhivatkozs"/>
             </w:rPr>
-            <w:t>s://</w:t>
-[...5 lines deleted...]
-            <w:t>doi.org/....</w:t>
+            <w:t>/doi.org/10.59531</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5B6B6109" w14:textId="2ED32518" w:rsidR="00C261C5" w:rsidRPr="00A20D5D" w:rsidRDefault="00C261C5" w:rsidP="00C10E3C">
+        <w:p w14:paraId="7594C0D4" w14:textId="6C6FFB86" w:rsidR="00C261C5" w:rsidRPr="00A20D5D" w:rsidRDefault="00C261C5" w:rsidP="00E43FDA">
           <w:pPr>
             <w:pStyle w:val="lfej"/>
-            <w:rPr>
-[...12 lines deleted...]
-            </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A20D5D">
             <w:rPr>
               <w:rStyle w:val="Oldalszm"/>
-              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A20D5D">
             <w:rPr>
               <w:rStyle w:val="Oldalszm"/>
-              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A20D5D">
             <w:rPr>
               <w:rStyle w:val="Oldalszm"/>
-              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00C92C83">
+          <w:r w:rsidR="008B49A4">
             <w:rPr>
               <w:rStyle w:val="Oldalszm"/>
-              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>- 1 -</w:t>
+            <w:t>- 3 -</w:t>
           </w:r>
           <w:r w:rsidRPr="00A20D5D">
             <w:rPr>
               <w:rStyle w:val="Oldalszm"/>
-              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="7594C0D4" w14:textId="4E7AE336" w:rsidR="00C261C5" w:rsidRPr="00A20D5D" w:rsidRDefault="00C261C5" w:rsidP="00C10E3C">
-[...8 lines deleted...]
-        </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="5CEDC74B" w14:textId="41768EFB" w:rsidR="00281014" w:rsidRPr="00F969D0" w:rsidRDefault="00281014" w:rsidP="00C10E3C">
-[...12 lines deleted...]
-  <w:p w14:paraId="24137575" w14:textId="77777777" w:rsidR="000C6FCD" w:rsidRDefault="000C6FCD">
+  <w:p w14:paraId="5CEDC74B" w14:textId="41768EFB" w:rsidR="00281014" w:rsidRPr="00F969D0" w:rsidRDefault="00281014" w:rsidP="00F819AA">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num177"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2743,51 +2232,51 @@
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000005"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="867CC042"/>
+    <w:tmpl w:val="F5A2C9C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Cmsor1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
@@ -2968,50 +2457,162 @@
           <w:tab w:val="num" w:pos="5684"/>
         </w:tabs>
         <w:ind w:left="5324"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6404"/>
         </w:tabs>
         <w:ind w:left="6044"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02620E26"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5E345944"/>
+    <w:lvl w:ilvl="0" w:tplc="7C58A53C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040E0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040E0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040E0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040E0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040E0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040E0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040E0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040E0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04A8530F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D46558A"/>
     <w:lvl w:ilvl="0" w:tplc="F732FFEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -3110,51 +2711,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06AF0BA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1BD6243E"/>
     <w:lvl w:ilvl="0" w:tplc="4B22DC2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3226,51 +2827,51 @@
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="080028B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E92010F8"/>
     <w:lvl w:ilvl="0" w:tplc="44D060CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="[%1.]"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
@@ -3315,51 +2916,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AD7142B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CBC4BC60"/>
     <w:lvl w:ilvl="0" w:tplc="3BD4B186">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="15Listing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3456,51 +3057,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="118A034E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E46EE870"/>
     <w:lvl w:ilvl="0" w:tplc="040E000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1004"/>
         </w:tabs>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3596,51 +3197,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6044"/>
         </w:tabs>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6764"/>
         </w:tabs>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23BC0A9A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E46EE870"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1004"/>
         </w:tabs>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3736,51 +3337,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6044"/>
         </w:tabs>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6764"/>
         </w:tabs>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="289E70D5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8BCEF8E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="Figure %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
@@ -3878,58 +3479,57 @@
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28BC75C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6786B68"/>
     <w:lvl w:ilvl="0" w:tplc="0DACD2B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="11TableTitles"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2498" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -3969,51 +3569,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6098" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6818" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7538" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="292B0B3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83D4DB40"/>
     <w:lvl w:ilvl="0" w:tplc="32E6109C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1124" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4058,51 +3658,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3224" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3644" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4064" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29DC278C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FFE75B4"/>
     <w:lvl w:ilvl="0" w:tplc="5866BFDC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4198,51 +3798,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6044"/>
         </w:tabs>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6764"/>
         </w:tabs>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C88669D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C76CF206"/>
     <w:lvl w:ilvl="0" w:tplc="040E000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4284,51 +3884,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="448A1DE5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9FFE75B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4425,51 +4025,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6044"/>
         </w:tabs>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6764"/>
         </w:tabs>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EDB7B4E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="78980470"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="113"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4541,80 +4141,75 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60526AE7"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="9C0871F8"/>
+    <w:tmpl w:val="EFA06C4C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="13ReferenceList"/>
-[...6 lines deleted...]
-        <w:ind w:left="567" w:hanging="567"/>
+      <w:lvlText w:val="[%1.]"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6104242C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72B88262"/>
     <w:lvl w:ilvl="0" w:tplc="8B745234">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="10FigureTitles"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -4654,51 +4249,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="645260F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3204209A"/>
     <w:lvl w:ilvl="0" w:tplc="FCC253B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="454"/>
         </w:tabs>
         <w:ind w:left="454" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="26D664E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4794,51 +4389,140 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6044"/>
         </w:tabs>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1D8288A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6764"/>
         </w:tabs>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76AF60A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5EA088C8"/>
+    <w:lvl w:ilvl="0" w:tplc="EFA06C4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="[%1.]"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1724" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2444" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3164" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3884" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4604" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5324" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6044" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6764" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E444E6E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3204209A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="454"/>
         </w:tabs>
         <w:ind w:left="454" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4934,643 +4618,694 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6044"/>
         </w:tabs>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6764"/>
         </w:tabs>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1352145922">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1901018272">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1699574909">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1838223578">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="552691162">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2033336734">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2032099136">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1837308320">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1922908017">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1771509244">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1502158689">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1543982032">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1029602633">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="995257781">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1301425529">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="327640240">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1051074523">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1528638214">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="527793477">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1821192897">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1552375403">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="125045581">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="386150355">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="372391374">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="469325533">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1135832600">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="40906858">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
-[...69 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="28" w16cid:durableId="2069572031">
+    <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="567"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F969D0"/>
     <w:rsid w:val="000158EA"/>
     <w:rsid w:val="000402D0"/>
     <w:rsid w:val="000421C2"/>
     <w:rsid w:val="0004671C"/>
     <w:rsid w:val="000469CE"/>
     <w:rsid w:val="00053DEB"/>
     <w:rsid w:val="000618E3"/>
     <w:rsid w:val="00070411"/>
     <w:rsid w:val="0007109E"/>
     <w:rsid w:val="00072AE9"/>
     <w:rsid w:val="00076B76"/>
     <w:rsid w:val="0008410C"/>
     <w:rsid w:val="00092A38"/>
     <w:rsid w:val="000A29CA"/>
     <w:rsid w:val="000A45EE"/>
     <w:rsid w:val="000B14B3"/>
     <w:rsid w:val="000B271A"/>
     <w:rsid w:val="000B41FA"/>
     <w:rsid w:val="000B4EB9"/>
     <w:rsid w:val="000C6FCD"/>
     <w:rsid w:val="000D348B"/>
     <w:rsid w:val="000E5E8E"/>
+    <w:rsid w:val="000F00E7"/>
     <w:rsid w:val="000F4923"/>
     <w:rsid w:val="000F7CC8"/>
     <w:rsid w:val="0010708A"/>
     <w:rsid w:val="00113917"/>
     <w:rsid w:val="001151AB"/>
     <w:rsid w:val="001233BD"/>
     <w:rsid w:val="00135692"/>
+    <w:rsid w:val="0014331F"/>
     <w:rsid w:val="0014348F"/>
     <w:rsid w:val="00157F8A"/>
     <w:rsid w:val="0016087E"/>
     <w:rsid w:val="001674E0"/>
     <w:rsid w:val="0017098F"/>
     <w:rsid w:val="00177F4D"/>
     <w:rsid w:val="00195FCE"/>
     <w:rsid w:val="001A2DA9"/>
     <w:rsid w:val="001A4DBE"/>
     <w:rsid w:val="001A4F75"/>
     <w:rsid w:val="001A5FBF"/>
     <w:rsid w:val="001A62BB"/>
     <w:rsid w:val="001B71FA"/>
+    <w:rsid w:val="001D0596"/>
+    <w:rsid w:val="001D1736"/>
     <w:rsid w:val="001D263F"/>
     <w:rsid w:val="001D3FD0"/>
     <w:rsid w:val="001E7FA5"/>
     <w:rsid w:val="001F2B08"/>
     <w:rsid w:val="001F3B58"/>
     <w:rsid w:val="001F74A0"/>
     <w:rsid w:val="002073AC"/>
     <w:rsid w:val="00211D65"/>
     <w:rsid w:val="00230AB3"/>
+    <w:rsid w:val="00234CB2"/>
     <w:rsid w:val="00236696"/>
     <w:rsid w:val="0024239A"/>
     <w:rsid w:val="00242FF7"/>
     <w:rsid w:val="00245D24"/>
     <w:rsid w:val="00247BC6"/>
     <w:rsid w:val="002504C4"/>
     <w:rsid w:val="00252083"/>
     <w:rsid w:val="0026038E"/>
     <w:rsid w:val="00264BD2"/>
     <w:rsid w:val="0026753A"/>
     <w:rsid w:val="00275F2B"/>
     <w:rsid w:val="00281014"/>
     <w:rsid w:val="002A0DF4"/>
     <w:rsid w:val="002B1D44"/>
     <w:rsid w:val="002C4606"/>
+    <w:rsid w:val="002E03B7"/>
     <w:rsid w:val="002F12A4"/>
     <w:rsid w:val="002F4E8B"/>
     <w:rsid w:val="00304613"/>
     <w:rsid w:val="00330EFB"/>
+    <w:rsid w:val="00332644"/>
     <w:rsid w:val="00340314"/>
     <w:rsid w:val="00342DA5"/>
     <w:rsid w:val="00344D42"/>
     <w:rsid w:val="00347D67"/>
     <w:rsid w:val="003507F1"/>
     <w:rsid w:val="00355C31"/>
     <w:rsid w:val="003560E8"/>
     <w:rsid w:val="0036407A"/>
     <w:rsid w:val="00374B8C"/>
     <w:rsid w:val="00382B05"/>
     <w:rsid w:val="00382EB8"/>
     <w:rsid w:val="00387276"/>
     <w:rsid w:val="0039202E"/>
     <w:rsid w:val="00394060"/>
     <w:rsid w:val="00394CD1"/>
     <w:rsid w:val="00394F00"/>
     <w:rsid w:val="003A0D5A"/>
     <w:rsid w:val="003A14B7"/>
     <w:rsid w:val="003A1711"/>
     <w:rsid w:val="003A2FA7"/>
+    <w:rsid w:val="003A5B0A"/>
     <w:rsid w:val="003B78E0"/>
     <w:rsid w:val="003C634D"/>
     <w:rsid w:val="003C6DAD"/>
     <w:rsid w:val="003D38F9"/>
     <w:rsid w:val="003D43D0"/>
     <w:rsid w:val="003E13F4"/>
     <w:rsid w:val="003E36DD"/>
     <w:rsid w:val="003E7638"/>
     <w:rsid w:val="00402A5A"/>
     <w:rsid w:val="004031B2"/>
     <w:rsid w:val="00406CA8"/>
     <w:rsid w:val="004124D6"/>
     <w:rsid w:val="00414547"/>
     <w:rsid w:val="0042101E"/>
     <w:rsid w:val="00427522"/>
     <w:rsid w:val="00430F87"/>
     <w:rsid w:val="00431517"/>
     <w:rsid w:val="00434218"/>
     <w:rsid w:val="004357DA"/>
     <w:rsid w:val="00435935"/>
+    <w:rsid w:val="00437542"/>
     <w:rsid w:val="00441B1E"/>
     <w:rsid w:val="00451D64"/>
     <w:rsid w:val="004525C7"/>
     <w:rsid w:val="004534E5"/>
     <w:rsid w:val="00455B73"/>
     <w:rsid w:val="00462C73"/>
     <w:rsid w:val="004661FF"/>
     <w:rsid w:val="00473A2F"/>
     <w:rsid w:val="00486FCD"/>
     <w:rsid w:val="0048767E"/>
     <w:rsid w:val="0049203D"/>
     <w:rsid w:val="0049349B"/>
     <w:rsid w:val="00494358"/>
     <w:rsid w:val="00495D27"/>
     <w:rsid w:val="004B52BD"/>
     <w:rsid w:val="004D3723"/>
     <w:rsid w:val="004D5F42"/>
     <w:rsid w:val="004E561E"/>
     <w:rsid w:val="004E56CC"/>
     <w:rsid w:val="004E7B73"/>
     <w:rsid w:val="004E7DE6"/>
     <w:rsid w:val="004F4740"/>
     <w:rsid w:val="004F5330"/>
     <w:rsid w:val="00500936"/>
+    <w:rsid w:val="00503D55"/>
     <w:rsid w:val="00506B65"/>
     <w:rsid w:val="005112AA"/>
     <w:rsid w:val="005160A6"/>
     <w:rsid w:val="00517864"/>
     <w:rsid w:val="00522675"/>
     <w:rsid w:val="005255D4"/>
     <w:rsid w:val="0053234B"/>
     <w:rsid w:val="005410E6"/>
     <w:rsid w:val="00550AFE"/>
     <w:rsid w:val="005547C0"/>
     <w:rsid w:val="0055510F"/>
+    <w:rsid w:val="005551CF"/>
     <w:rsid w:val="00557165"/>
     <w:rsid w:val="00560DD6"/>
     <w:rsid w:val="0057033C"/>
     <w:rsid w:val="005766BD"/>
     <w:rsid w:val="00576D3D"/>
     <w:rsid w:val="0058172C"/>
     <w:rsid w:val="005843D8"/>
     <w:rsid w:val="005911DD"/>
     <w:rsid w:val="0059330D"/>
     <w:rsid w:val="005A17AE"/>
     <w:rsid w:val="005A2EEC"/>
     <w:rsid w:val="005A7199"/>
     <w:rsid w:val="005B392D"/>
     <w:rsid w:val="005B5BDC"/>
     <w:rsid w:val="005B61D0"/>
     <w:rsid w:val="005C111C"/>
     <w:rsid w:val="005C2CE2"/>
     <w:rsid w:val="005C68E3"/>
     <w:rsid w:val="005D065C"/>
     <w:rsid w:val="005D23FF"/>
+    <w:rsid w:val="005E3022"/>
     <w:rsid w:val="005E3CFF"/>
     <w:rsid w:val="005F392C"/>
     <w:rsid w:val="00600945"/>
     <w:rsid w:val="00601E6F"/>
     <w:rsid w:val="00602B37"/>
     <w:rsid w:val="00602C8C"/>
     <w:rsid w:val="006102B1"/>
     <w:rsid w:val="006126F0"/>
     <w:rsid w:val="006154D3"/>
     <w:rsid w:val="006166F4"/>
     <w:rsid w:val="0063436A"/>
     <w:rsid w:val="00653E48"/>
     <w:rsid w:val="00660E0C"/>
     <w:rsid w:val="00672C25"/>
     <w:rsid w:val="00674770"/>
     <w:rsid w:val="00683D90"/>
     <w:rsid w:val="00691562"/>
     <w:rsid w:val="006A20DF"/>
     <w:rsid w:val="006A5A42"/>
     <w:rsid w:val="006B0540"/>
     <w:rsid w:val="006B39AF"/>
     <w:rsid w:val="006B6950"/>
     <w:rsid w:val="006C33B2"/>
     <w:rsid w:val="006C6411"/>
     <w:rsid w:val="006C7FFE"/>
     <w:rsid w:val="006D22C8"/>
     <w:rsid w:val="006D320E"/>
     <w:rsid w:val="006F39A6"/>
     <w:rsid w:val="007109B8"/>
     <w:rsid w:val="00712D9C"/>
     <w:rsid w:val="007171E0"/>
     <w:rsid w:val="00725650"/>
     <w:rsid w:val="00726ECC"/>
+    <w:rsid w:val="00727D4B"/>
     <w:rsid w:val="007361FF"/>
     <w:rsid w:val="00736BED"/>
     <w:rsid w:val="00744EE2"/>
+    <w:rsid w:val="00756C03"/>
     <w:rsid w:val="007717DB"/>
     <w:rsid w:val="007734F2"/>
     <w:rsid w:val="00787B80"/>
     <w:rsid w:val="00796250"/>
     <w:rsid w:val="007A0D08"/>
     <w:rsid w:val="007A30D9"/>
     <w:rsid w:val="007A3F08"/>
     <w:rsid w:val="007B58D4"/>
+    <w:rsid w:val="007C6CB7"/>
     <w:rsid w:val="007D2D51"/>
     <w:rsid w:val="007D4A7F"/>
     <w:rsid w:val="007E0446"/>
     <w:rsid w:val="007E4009"/>
     <w:rsid w:val="007F183B"/>
     <w:rsid w:val="007F1AF8"/>
     <w:rsid w:val="007F26C8"/>
     <w:rsid w:val="007F34DE"/>
     <w:rsid w:val="007F5DF8"/>
     <w:rsid w:val="008040AE"/>
     <w:rsid w:val="008066AF"/>
     <w:rsid w:val="00814D3F"/>
     <w:rsid w:val="00815636"/>
     <w:rsid w:val="00824FB1"/>
+    <w:rsid w:val="008302A8"/>
     <w:rsid w:val="0083370E"/>
     <w:rsid w:val="008347F7"/>
     <w:rsid w:val="00834B59"/>
     <w:rsid w:val="00837A96"/>
     <w:rsid w:val="0084016A"/>
     <w:rsid w:val="0084067C"/>
     <w:rsid w:val="00847570"/>
+    <w:rsid w:val="00857CF9"/>
     <w:rsid w:val="00860782"/>
     <w:rsid w:val="0086178E"/>
     <w:rsid w:val="00862764"/>
     <w:rsid w:val="00864E6A"/>
     <w:rsid w:val="00874ACB"/>
     <w:rsid w:val="00883E6C"/>
     <w:rsid w:val="008846EE"/>
     <w:rsid w:val="00893E32"/>
     <w:rsid w:val="00895AE2"/>
     <w:rsid w:val="008A2098"/>
     <w:rsid w:val="008A3A3E"/>
     <w:rsid w:val="008B3F0E"/>
+    <w:rsid w:val="008B49A4"/>
     <w:rsid w:val="008B6606"/>
     <w:rsid w:val="008B7D03"/>
     <w:rsid w:val="008C4B06"/>
     <w:rsid w:val="008D048F"/>
     <w:rsid w:val="008D320D"/>
     <w:rsid w:val="008D4CF9"/>
     <w:rsid w:val="008D6C3B"/>
     <w:rsid w:val="008E3730"/>
     <w:rsid w:val="008E783D"/>
     <w:rsid w:val="008F3951"/>
     <w:rsid w:val="008F59BB"/>
     <w:rsid w:val="00913418"/>
     <w:rsid w:val="00916EC4"/>
     <w:rsid w:val="00927A94"/>
     <w:rsid w:val="00942054"/>
     <w:rsid w:val="00944682"/>
     <w:rsid w:val="00944BB0"/>
     <w:rsid w:val="0094581F"/>
     <w:rsid w:val="0095314F"/>
     <w:rsid w:val="00953AD6"/>
     <w:rsid w:val="009553B6"/>
     <w:rsid w:val="00964327"/>
     <w:rsid w:val="00971DFC"/>
     <w:rsid w:val="0098180B"/>
     <w:rsid w:val="0099113D"/>
     <w:rsid w:val="00991725"/>
+    <w:rsid w:val="009922F6"/>
     <w:rsid w:val="0099537B"/>
     <w:rsid w:val="009978C2"/>
     <w:rsid w:val="009A6C70"/>
     <w:rsid w:val="009B3C83"/>
     <w:rsid w:val="009B5D06"/>
     <w:rsid w:val="009D714F"/>
+    <w:rsid w:val="009E465D"/>
     <w:rsid w:val="009E573A"/>
     <w:rsid w:val="009F775A"/>
     <w:rsid w:val="00A117A7"/>
     <w:rsid w:val="00A20D5D"/>
     <w:rsid w:val="00A30079"/>
     <w:rsid w:val="00A35FB4"/>
     <w:rsid w:val="00A408EE"/>
     <w:rsid w:val="00A40CC4"/>
     <w:rsid w:val="00A432B9"/>
     <w:rsid w:val="00A5245B"/>
     <w:rsid w:val="00A534D5"/>
+    <w:rsid w:val="00A56CB0"/>
     <w:rsid w:val="00A57499"/>
+    <w:rsid w:val="00A6320E"/>
     <w:rsid w:val="00A67424"/>
     <w:rsid w:val="00A70DEA"/>
     <w:rsid w:val="00A75F62"/>
     <w:rsid w:val="00A7656E"/>
     <w:rsid w:val="00A7797B"/>
     <w:rsid w:val="00A843B1"/>
     <w:rsid w:val="00A85BD6"/>
     <w:rsid w:val="00A90C4E"/>
     <w:rsid w:val="00A923EA"/>
     <w:rsid w:val="00AA0050"/>
     <w:rsid w:val="00AA58E7"/>
     <w:rsid w:val="00AB028A"/>
     <w:rsid w:val="00AB1445"/>
     <w:rsid w:val="00AB68E2"/>
     <w:rsid w:val="00AC02E9"/>
     <w:rsid w:val="00AC0D38"/>
     <w:rsid w:val="00AC2257"/>
+    <w:rsid w:val="00AC42BE"/>
     <w:rsid w:val="00AC4C85"/>
     <w:rsid w:val="00AC7E91"/>
     <w:rsid w:val="00AD51B3"/>
     <w:rsid w:val="00AE1200"/>
     <w:rsid w:val="00AE5943"/>
     <w:rsid w:val="00AE7B2F"/>
+    <w:rsid w:val="00AF018D"/>
     <w:rsid w:val="00AF370E"/>
     <w:rsid w:val="00AF6568"/>
     <w:rsid w:val="00AF6E5D"/>
     <w:rsid w:val="00AF7463"/>
     <w:rsid w:val="00B0399C"/>
     <w:rsid w:val="00B04BC1"/>
     <w:rsid w:val="00B05AAC"/>
     <w:rsid w:val="00B1500F"/>
     <w:rsid w:val="00B1736F"/>
+    <w:rsid w:val="00B178BC"/>
     <w:rsid w:val="00B221C2"/>
     <w:rsid w:val="00B34B03"/>
     <w:rsid w:val="00B3548C"/>
     <w:rsid w:val="00B459A7"/>
     <w:rsid w:val="00B536BE"/>
     <w:rsid w:val="00B54D6E"/>
     <w:rsid w:val="00B639B8"/>
+    <w:rsid w:val="00B64C02"/>
     <w:rsid w:val="00B64CBF"/>
     <w:rsid w:val="00B73A0A"/>
     <w:rsid w:val="00B85042"/>
     <w:rsid w:val="00B94C7B"/>
     <w:rsid w:val="00B962C3"/>
     <w:rsid w:val="00B963A3"/>
     <w:rsid w:val="00B968E3"/>
     <w:rsid w:val="00BA18F5"/>
     <w:rsid w:val="00BA6CAA"/>
     <w:rsid w:val="00BC673B"/>
     <w:rsid w:val="00BC7E28"/>
     <w:rsid w:val="00BD35C0"/>
     <w:rsid w:val="00BD5D82"/>
     <w:rsid w:val="00BE181C"/>
     <w:rsid w:val="00BE1CF8"/>
     <w:rsid w:val="00BF1C89"/>
     <w:rsid w:val="00BF458F"/>
     <w:rsid w:val="00BF484E"/>
     <w:rsid w:val="00BF7976"/>
     <w:rsid w:val="00C01634"/>
     <w:rsid w:val="00C038CB"/>
     <w:rsid w:val="00C10E3C"/>
     <w:rsid w:val="00C13A26"/>
     <w:rsid w:val="00C20D27"/>
     <w:rsid w:val="00C261C5"/>
     <w:rsid w:val="00C263B7"/>
     <w:rsid w:val="00C306C2"/>
     <w:rsid w:val="00C34472"/>
+    <w:rsid w:val="00C45AC5"/>
     <w:rsid w:val="00C47B6A"/>
     <w:rsid w:val="00C52AA0"/>
     <w:rsid w:val="00C56B81"/>
     <w:rsid w:val="00C743EE"/>
     <w:rsid w:val="00C8179D"/>
     <w:rsid w:val="00C83E5C"/>
+    <w:rsid w:val="00C849B5"/>
     <w:rsid w:val="00C84D34"/>
     <w:rsid w:val="00C85836"/>
     <w:rsid w:val="00C90FA6"/>
     <w:rsid w:val="00C92C83"/>
     <w:rsid w:val="00C97346"/>
     <w:rsid w:val="00C97516"/>
     <w:rsid w:val="00CA1417"/>
     <w:rsid w:val="00CA4813"/>
     <w:rsid w:val="00CA4D9B"/>
     <w:rsid w:val="00CA7522"/>
     <w:rsid w:val="00CC41B6"/>
     <w:rsid w:val="00CC7B36"/>
+    <w:rsid w:val="00CD1B6B"/>
     <w:rsid w:val="00CD349A"/>
     <w:rsid w:val="00CD6064"/>
     <w:rsid w:val="00CF2369"/>
+    <w:rsid w:val="00CF71C1"/>
     <w:rsid w:val="00D005EC"/>
     <w:rsid w:val="00D02A84"/>
     <w:rsid w:val="00D11273"/>
     <w:rsid w:val="00D118FD"/>
     <w:rsid w:val="00D148A5"/>
+    <w:rsid w:val="00D24F34"/>
+    <w:rsid w:val="00D50189"/>
     <w:rsid w:val="00D54B33"/>
     <w:rsid w:val="00D658B0"/>
     <w:rsid w:val="00D6663C"/>
     <w:rsid w:val="00D713C4"/>
     <w:rsid w:val="00D924F4"/>
+    <w:rsid w:val="00D968DD"/>
     <w:rsid w:val="00DA70B2"/>
     <w:rsid w:val="00DB4159"/>
     <w:rsid w:val="00DC0510"/>
     <w:rsid w:val="00DC117D"/>
     <w:rsid w:val="00DC4538"/>
     <w:rsid w:val="00DD60B4"/>
     <w:rsid w:val="00DD7E93"/>
     <w:rsid w:val="00DE40B1"/>
     <w:rsid w:val="00DF0772"/>
     <w:rsid w:val="00DF4980"/>
+    <w:rsid w:val="00E11461"/>
     <w:rsid w:val="00E114D7"/>
     <w:rsid w:val="00E11B1A"/>
     <w:rsid w:val="00E12B4A"/>
     <w:rsid w:val="00E3398D"/>
+    <w:rsid w:val="00E41B8A"/>
     <w:rsid w:val="00E42FB8"/>
+    <w:rsid w:val="00E43FDA"/>
     <w:rsid w:val="00E520E5"/>
     <w:rsid w:val="00E53233"/>
     <w:rsid w:val="00E573DD"/>
     <w:rsid w:val="00E65C80"/>
+    <w:rsid w:val="00E66247"/>
     <w:rsid w:val="00E73201"/>
     <w:rsid w:val="00E947C5"/>
     <w:rsid w:val="00EA16BF"/>
+    <w:rsid w:val="00EB7EB5"/>
     <w:rsid w:val="00EC4000"/>
     <w:rsid w:val="00EC5418"/>
     <w:rsid w:val="00ED2218"/>
     <w:rsid w:val="00EE1098"/>
     <w:rsid w:val="00EE539A"/>
     <w:rsid w:val="00EE7C36"/>
     <w:rsid w:val="00EF5473"/>
     <w:rsid w:val="00F11CF0"/>
     <w:rsid w:val="00F20C50"/>
     <w:rsid w:val="00F33DB2"/>
     <w:rsid w:val="00F35320"/>
     <w:rsid w:val="00F35533"/>
     <w:rsid w:val="00F35F76"/>
     <w:rsid w:val="00F3621A"/>
     <w:rsid w:val="00F43F53"/>
     <w:rsid w:val="00F45EE6"/>
     <w:rsid w:val="00F46F9F"/>
     <w:rsid w:val="00F53C25"/>
+    <w:rsid w:val="00F54DA4"/>
     <w:rsid w:val="00F601C0"/>
     <w:rsid w:val="00F60BFA"/>
     <w:rsid w:val="00F737E0"/>
     <w:rsid w:val="00F7616B"/>
     <w:rsid w:val="00F76859"/>
+    <w:rsid w:val="00F819AA"/>
     <w:rsid w:val="00F831C4"/>
     <w:rsid w:val="00F969D0"/>
+    <w:rsid w:val="00FA634F"/>
     <w:rsid w:val="00FA718A"/>
     <w:rsid w:val="00FB6939"/>
     <w:rsid w:val="00FB718E"/>
     <w:rsid w:val="00FB7D7D"/>
     <w:rsid w:val="00FC36BE"/>
     <w:rsid w:val="00FC5F79"/>
     <w:rsid w:val="00FD4D8F"/>
     <w:rsid w:val="00FD7674"/>
+    <w:rsid w:val="00FE2773"/>
     <w:rsid w:val="00FF7802"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="66BB5948"/>
   <w15:docId w15:val="{40EE5878-AD02-4C99-9BC7-649728A83BD9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="hu-HU" w:eastAsia="hu-HU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5614,51 +5349,51 @@
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5889,50 +5624,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Norml">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002504C4"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cmsor1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Norml"/>
     <w:next w:val="Norml"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="120"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -6039,208 +5779,213 @@
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="llb">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Norml"/>
     <w:link w:val="llbChar"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="13ReferenceList">
     <w:name w:val="13 Reference List"/>
     <w:basedOn w:val="06MainTextFormat"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB1445"/>
+    <w:rsid w:val="00FE2773"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:ind w:left="284" w:firstLine="567"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="lfej">
     <w:name w:val="header"/>
     <w:basedOn w:val="Norml"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00C10E3C"/>
+    <w:rsid w:val="00F819AA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:noProof/>
       <w:color w:val="000000"/>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hiperhivatkozs">
     <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="00C45AC5"/>
     <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="02NameofAuthors">
     <w:name w:val="02 Name of Authors"/>
     <w:basedOn w:val="Norml"/>
     <w:next w:val="03AddressesofAuthors"/>
     <w:autoRedefine/>
     <w:rsid w:val="00053DEB"/>
     <w:pPr>
       <w:spacing w:after="220"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:smallCaps/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="03AddressesofAuthors">
     <w:name w:val="03 Addresses of Authors"/>
     <w:basedOn w:val="Norml"/>
     <w:autoRedefine/>
     <w:rsid w:val="00F76859"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="01TitleofPaper">
     <w:name w:val="01 Title of Paper"/>
     <w:basedOn w:val="Norml"/>
     <w:next w:val="02NameofAuthors"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00F76859"/>
+    <w:rsid w:val="000F00E7"/>
     <w:pPr>
-      <w:spacing w:after="320"/>
+      <w:spacing w:before="120" w:after="320"/>
+      <w:ind w:left="720"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:kern w:val="24"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="04TextofAbstract">
     <w:name w:val="04 Text of Abstract"/>
     <w:basedOn w:val="Norml"/>
     <w:autoRedefine/>
     <w:rsid w:val="00053DEB"/>
     <w:pPr>
       <w:spacing w:before="440" w:after="120"/>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:kern w:val="24"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stlus04bKeywordNemFlkvrDlt">
     <w:name w:val="Stílus 04b Keyword + Nem Félkövér Dőlt"/>
     <w:basedOn w:val="04bKeyword"/>
     <w:autoRedefine/>
     <w:rPr>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="05MainSectionTitle">
     <w:name w:val="05 Main Section Title"/>
     <w:basedOn w:val="Cmsor1"/>
     <w:next w:val="06MainTextFormat"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00AB1445"/>
+    <w:rsid w:val="00B178BC"/>
     <w:pPr>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="120"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:caps w:val="0"/>
       <w:kern w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="06MainTextFormat">
     <w:name w:val="06 Main Text Format"/>
     <w:basedOn w:val="Norml"/>
     <w:pPr>
       <w:ind w:firstLine="284"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="07SubsectionTitle">
     <w:name w:val="07 Subsection Title"/>
     <w:next w:val="06MainTextFormat"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00AB1445"/>
+    <w:rsid w:val="000F00E7"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="120" w:after="120"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="08Subheading">
     <w:name w:val="08 Subheading"/>
     <w:basedOn w:val="Cmsor3"/>
     <w:autoRedefine/>
     <w:rsid w:val="00AB1445"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="120" w:after="120"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
@@ -6251,78 +5996,72 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="09ReferencesTitle">
     <w:name w:val="09 References Title"/>
     <w:basedOn w:val="Norml"/>
     <w:autoRedefine/>
     <w:rsid w:val="00AB1445"/>
     <w:pPr>
       <w:spacing w:before="440" w:after="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="10FigureTitles">
     <w:name w:val="10 Figure Titles"/>
     <w:basedOn w:val="06MainTextFormat"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00847570"/>
+    <w:rsid w:val="005551CF"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="120"/>
-      <w:ind w:left="714" w:hanging="357"/>
+      <w:ind w:left="714" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="11TableTitles">
     <w:name w:val="11 Table Titles"/>
     <w:basedOn w:val="06MainTextFormat"/>
     <w:autoRedefine/>
-    <w:rsid w:val="007734F2"/>
+    <w:rsid w:val="00727D4B"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="120" w:after="120"/>
-      <w:ind w:left="641" w:hanging="357"/>
-      <w:jc w:val="left"/>
+      <w:ind w:left="641" w:firstLine="0"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:b/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="12EquationNumbers">
     <w:name w:val="12 Equation Numbers"/>
     <w:basedOn w:val="06MainTextFormat"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4253"/>
         <w:tab w:val="right" w:pos="8505"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Oldalszm">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Bekezdsalapbettpusa"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="14TableText">
@@ -6437,103 +6176,176 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BuborkszvegChar">
     <w:name w:val="Buborékszöveg Char"/>
     <w:basedOn w:val="Bekezdsalapbettpusa"/>
     <w:link w:val="Buborkszveg"/>
     <w:rsid w:val="00342DA5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="llbChar">
     <w:name w:val="Élőláb Char"/>
     <w:basedOn w:val="Bekezdsalapbettpusa"/>
     <w:link w:val="llb"/>
     <w:rsid w:val="000C6FCD"/>
     <w:rPr>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Feloldatlanmegemlts1">
+    <w:name w:val="Feloldatlan megemlítés1"/>
     <w:basedOn w:val="Bekezdsalapbettpusa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00895AE2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sorszma">
     <w:name w:val="line number"/>
     <w:basedOn w:val="Bekezdsalapbettpusa"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE1098"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stlus07SubsectionTitleBookAntiqua">
     <w:name w:val="Stílus 07 Subsection Title + Book Antiqua"/>
     <w:basedOn w:val="07SubsectionTitle"/>
     <w:rsid w:val="00AB1445"/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stlus08SubheadingBookAntiqua">
     <w:name w:val="Stílus 08 Subheading + Book Antiqua"/>
     <w:basedOn w:val="08Subheading"/>
     <w:rsid w:val="00AB1445"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stlus15ListingBookAntiqua">
     <w:name w:val="Stílus 15 Listing + Book Antiqua"/>
     <w:basedOn w:val="15Listing"/>
     <w:qFormat/>
     <w:rsid w:val="00387276"/>
     <w:pPr>
       <w:ind w:left="284" w:hanging="284"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stlus06MainTextFormatBookAntiquaDltFeketeElssor">
+    <w:name w:val="Stílus 06 Main Text Format + Book Antiqua Dőlt Fekete Első sor:  ..."/>
+    <w:basedOn w:val="06MainTextFormat"/>
+    <w:rsid w:val="00CF71C1"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormlWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Norml"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E41B8A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stlus13ReferenceListBookAntiqua10pt">
+    <w:name w:val="Stílus 13 Reference List + Book Antiqua 10 pt"/>
+    <w:basedOn w:val="13ReferenceList"/>
+    <w:rsid w:val="00A6320E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stlus13ReferenceListBookAntiqua">
+    <w:name w:val="Stílus 13 Reference List + Book Antiqua"/>
+    <w:basedOn w:val="13ReferenceList"/>
+    <w:rsid w:val="009E465D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stlus13ReferenceListBookAntiqua1">
+    <w:name w:val="Stílus 13 Reference List + Book Antiqua1"/>
+    <w:basedOn w:val="13ReferenceList"/>
+    <w:rsid w:val="009E465D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stlus13ReferenceListBookAntiqua2">
+    <w:name w:val="Stílus 13 Reference List + Book Antiqua2"/>
+    <w:basedOn w:val="13ReferenceList"/>
+    <w:rsid w:val="00EB7EB5"/>
+    <w:pPr>
+      <w:ind w:left="851" w:hanging="567"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="453913718">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="735055637">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="177501120">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -6543,62 +6355,88 @@
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="1051029125">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="808396046">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1427724447">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:user@host.domain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\HJudit\Downloads\10.1109\ELECTRONICA.2019.8825649" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:user@host.domain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\HJudit\Downloads\10.1109\ELECTRONICA.2019.8825649" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Home\Desktop\Wesley\portfolio\3.megbesz&#233;l&#233;s\sample.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
@@ -6859,78 +6697,78 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>sample</Template>
+  <Template>sample.dot</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>545</Words>
-  <Characters>3763</Characters>
+  <Words>461</Words>
+  <Characters>3182</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TITLE OF THE PAPER</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Budapesti Corvinus Egyetem</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4300</CharactersWithSpaces>
+  <CharactersWithSpaces>3636</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4784240</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:user@host.domain</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>